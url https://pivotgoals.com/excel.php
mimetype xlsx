--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 10/05/2025 08:57:01 pm UTC</t>
+    <t>created 11/01/2025 03:29:03 pm UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>