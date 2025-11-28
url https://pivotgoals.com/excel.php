--- v1 (2025-11-01)
+++ v2 (2025-11-28)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 11/01/2025 03:29:03 pm UTC</t>
+    <t>created 11/28/2025 03:54:40 pm UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>