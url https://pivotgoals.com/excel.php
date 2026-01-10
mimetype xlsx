--- v2 (2025-11-28)
+++ v3 (2026-01-10)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 11/28/2025 03:54:40 pm UTC</t>
+    <t>created 01/10/2026 09:10:51 pm UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>