--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 01/10/2026 09:10:51 pm UTC</t>
+    <t>created 02/04/2026 12:43:49 am UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>