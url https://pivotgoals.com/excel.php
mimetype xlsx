--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 02/04/2026 12:43:49 am UTC</t>
+    <t>created 02/24/2026 10:16:11 pm UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>