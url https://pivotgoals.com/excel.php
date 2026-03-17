--- v5 (2026-02-24)
+++ v6 (2026-03-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pivotgoals.com Companies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>Company name</t>
   </si>
   <si>
-    <t>created 02/24/2026 10:16:11 pm UTC</t>
+    <t>created 03/17/2026 08:00:29 pm UTC</t>
   </si>
   <si>
     <t>3M</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>Accenture</t>
   </si>
   <si>
     <t>Acciona</t>
   </si>
   <si>
     <t>Achmea</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>